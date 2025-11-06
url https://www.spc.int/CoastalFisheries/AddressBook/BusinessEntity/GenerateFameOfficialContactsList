--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1970,68 +1970,50 @@
         </w:rPr>
         <w:t>163 Dairy Road</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mangilao, Guam 96913</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mail Address: Barrigada, Guam 96921</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
@@ -3071,51 +3053,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of Agriculture, Fisheries and the Environment </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2nd Floor Executive Building</w:t>
+        <w:t>2nd Floor Executive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PO Box 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Koror, PW 96940</w:t>
       </w:r>
@@ -3131,69 +3113,51 @@
         </w:rPr>
         <w:t>Republic of Palau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+680 4883125</w:t>
-[...17 lines deleted...]
-        <w:t>+680 4882897</w:t>
+        <w:t>+(680) 488-3125/2897</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>palau.mafe@palaugov.org</w:t>
       </w:r>
@@ -4337,51 +4301,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tuvalu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ministry of Natural Resources Development</w:t>
+        <w:t>Ministry of Natural Resources and Development</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tuvalu Fisheries Authority</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Private Mail Bag</w:t>
       </w:r>
       <w:r>
         <w:rPr>