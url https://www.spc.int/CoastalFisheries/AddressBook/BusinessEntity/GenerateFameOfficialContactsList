--- v1 (2025-11-06)
+++ v2 (2026-01-14)
@@ -106,85 +106,213 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+1 (684) 633-4456</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Nathan T.  Ilaoa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nathan.ilaoa@dmwr.as.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Selaina Vaitautolu-Tuimavave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Deputy Director - CBFM portal contact</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>selaina.tuimavave@dmwr.as.gov</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr Domingo Ochavillo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief Fisheries Biologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ochavillo@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Natasha  Tuatoo-Bartley</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Acting Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>natasha.bartley@comcast.net</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Australia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="State"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Australian Capital Territory (ACT)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
@@ -286,58 +414,117 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.dfat.gov.au</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Office of the Pacific </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Kylie (she/her) Tonon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Assistant Director, Pacific Fisheries and Maritime Section ///////cbfm</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+61 2 6261 3847</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kylie.Tonon@dfat.gov.au</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Ms Regan (she/her) Field</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Director, Pacific Fisheries and Maritime Section</w:t>
+        <w:t>, Director, Pacific Fisheries and Maritime Section ////// cbfm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+61 2 6178 5746</w:t>
       </w:r>
       <w:r>
@@ -481,4323 +668,8828 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.mmr.gov.ck</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ms Pamela Maru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
+        <w:t>, Secretary - head of agency</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>p.maru@mmr.gov.ck</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Inshore and Aquaculture Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Koroa (Kori) Raumea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+682 52236</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>k.raumea@mmr.gov.ck</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Skype:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kori.raumea</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roland  Maru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, FAD Program Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>R.Maru@mmr.gov.ck</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr Phoebe  Argyle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Marine Ecologist – Senior Fisheries Officer - CBFM portal contact</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P.Argyle@mmr.gov.ck</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Offshore Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lualua  Tua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Director of Offshore Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+682 28721</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>l.tua@mmr.gov.ck</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Federated States of Micronesia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>National Oceanic Resource Management Authority (NORMA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P.O. Box PS 122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Palikir, Pohnpei State, FM 96941</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Federated States of Micronesia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 320-2700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 320-5181</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 921-2922</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 320-2383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail@norma.fm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.norma.fm</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Eugene  Pangelinan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Special fisheries adviser</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 9201477</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e.pangelinan@norma.fm</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>FSM National Government</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Resources and Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Description"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Department's portfolio covers marine resources/fisheries, agriculture &amp; forestry, tourism, trade and investment, energy, deep sea mining and statistics</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P.O Box PS-12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Palikir, Pohnpei State, FM 96941 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Federated States of Micronesia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 3202620</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 3205133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 3202646</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 3205854</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fsmgov.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ms.  Elina Paul Akinaga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
         <w:t>, Secretary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 9210150</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Division of Marine Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dave  Mathias</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Marine Conservation and Management Specialist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dmathias@rd.gov.fm </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Valentin A. Martin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Assistant Secretary, Marine Resources Division (MRD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 9247997</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>p.maru@mmr.gov.ck</w:t>
+        <w:t>fsmmrd@mail.fm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vmartin@rd.gov.fm</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Forestry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Takayawa Building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toorak Road  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 13026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Suva Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3300555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hon. Alitia  Bainivalu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Minister for Fisheries and Forestry </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Atelaite Rokosuka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Deputy Secretary for Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>679 9906282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile 679 9906282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atelaite.rokosuka@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Katalaini  Tokalau Nimati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Secretary - Director of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3300555 Ext 333117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9908 969</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ktnimati@gmail.com </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Sanjana  Lal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  Permanent Secretary for Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3301611</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sanjana.lal@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Temalesi Salabiau Fong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>,  Personal Assistant to Permanent Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 679 3301611</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tfong@govnet.gov.fj</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Inshore and Aquaculture Fisheries Division</w:t>
+        <w:t>Regional Fisheries  Service Center-Central</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lautoka Fisheries Wharf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 1 PO box 481 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>River House Nausori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 6665899</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 6667939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Koroa (Kori) Raumea</w:t>
+        <w:t>Nanise Kuridrani  Tuqiri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
+        <w:t>, Acting director fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 9986867</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nanise.tuqiri@mff.gov.fj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nanisekuridrani@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Central Divisional Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 1, Riverhouse Building, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nausori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nausori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3476587</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3477617</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Shalendra Singh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Principal Fisheries Officer </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 8645103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 9908101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shalendra.singhfj@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>French Polynesia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direction des ressources marines </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98713 Papeete, Tahiti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Polynésie française</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40502550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40434979</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direction.drm@administration.gov.pf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Facebook: @ressourcesmarines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.ressources-marines.gov.pf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>LinkedIn:  Direction des ressources marines</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cédric Ponsonnet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Directeur</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40502564</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cedric.ponsonnet@administration.gov.pf</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guam</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Agriculture (DOAg)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>163 Dairy Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mangilao, Guam 96913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>USA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 300-7965</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 734-6569</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Chelsa Muna-Brecht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
         <w:t>, Director</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Chelsa.MunaBrecht@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Division of Aquatic and Wildlife Resources (DAWR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 735-0291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 734-3154</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jay Gutierrez</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Fisheries/Wildlife Manager </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jay.Gutierrez@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael  Duenas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael.Duenas@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Division of Aquaculture</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael  M.  Ogo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(671) 735-0283</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>michael.ogo@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guam Economic Development Authority (GEDA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>590 South Marine Corps Drive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ITC Building Suite 511</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tamuning, Guam 96913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guam Department of Agriculture</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>163 Dairy Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mangilao, GU 96913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ms Chelsa  Muna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Director, Guam Department of Agriculture </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(671) 300-7965 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chelsa.muna@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kiribati</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Ocean Resources  (MFOR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bairiki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tarawa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kiribati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(686) 75021099</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+686 75021074</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+686 75021075</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@mfor.gov.ki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.mfor.gov.ki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Corporate Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr Riibeta  Abeta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>riibetaa@mfor.gov.ki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coastal Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Tooreka Teemari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>toorekat@mfor.gov.ki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>toorekat@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Karibanang Tamuera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Principal Fisheries Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">karibanangt@mfor.gov.ki </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands Marine Resources Authority (MIMRA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 860</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Majuro, MH 96960</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+692 625-8262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inquiry@mimra.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.rmimimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Executive</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Glen Joseph</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gjoseph@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coastal and Community Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Florence Edwards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Director Coastal</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fedwards@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Benedict Yamamura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Chief of Coastal Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>byamamura@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Oceanic and Industrial Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Berry Muller</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Director Oceanic</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bmuller@mimra.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mullerbk@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nauru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nauru Fisheries and Marine Resources Authority (NFMRA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Anibare District, Ring Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Republic of Nauru, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Central Pacific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Postcode: NRU68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+674 888 0705</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Monte Depaune</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Chief Executive Officer (DCEO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+682 52236</w:t>
+        <w:t>+674 888 0691</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>k.raumea@mmr.gov.ck</w:t>
+        <w:t>monstartuna@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Being Yeeting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries  Advisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>byeeting@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Caledonia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gouvernement de la Nouvelle-Calédonie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>19 avenue maréchal Foch, immeuble Foch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP M2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98849 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 24 65 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.dam.gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service du parc naturel de la mer de Corail et de la pêche (SPNMCP) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>19 avenue maréchal Foch, immeuble Foch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP M2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98849 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sgg.pnmc@gouv.nc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://mer-de-corail.gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr Manuel Ducrocq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chef de service</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 27 06 93</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>manuel.ducrocq@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr Mickaël Lercari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Ingénieur pêche et environnement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 27 06 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mickael.lercari@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mme Léa Carron</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Technicienne pêches économie et environnement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 27 06 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lea.carron@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Délégation française auprès de la CPS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 8043</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98807 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 70 98 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>secretariat.noumea-dfra@diplomatie.gouv.fr</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Paulini Cava</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Secrétaire générale pour l’administration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paulini.cava@diplomatie.gouv.fr</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries New Zealand (FNZ), Ministry for Primary Industries (MPI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charles Fergusson Building </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38-42 Bowen St </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wellington</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +64 (4) 894 0100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@mpi.govt.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.mpi.govt.nz/fishing-aquaculture/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Te Pātuitanga Ahumoana a Kiwa ( Partnership in Pacific Fisheries)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tepatui@mpi.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Agnes Yeeting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Pacific Fisheries Adviser – Fisheries Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>021 981 027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Agnes.Yeeting@mpi.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Foreign Affairs and Trade (MFAT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Bag 18901</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wellington 6160</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (4) 439-8000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infoservices@mfat.govt.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.mfat.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Development Economy and Prosperity</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sarah  McAvinchey</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Lead Adviser, Pacific Ocean &amp; Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sarah.mcavinchey@mfat.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jonathan  Peacey</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Adviser, Pacific Ocean &amp; Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jonathan.peacey@mfat.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Agriculture, Forestry and Fisheries (DAFF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Poi Okesene</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4032</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 888 6804</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>poi.okesene@gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fisheries Division </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sir Roberts Wharf, , Alofi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4302</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Launoa Gataua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Principal Fisheries Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4302 / 4668</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 5117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>launoa.gataua@gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Natural Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue Public Service Building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fonuakula, Alofi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4032</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr Josie Tamate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Adviser</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>josie.tamate@gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue &amp; Ocean Wide Trust</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Description"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Public-private sector partnership between the Niue Government and Tofia Niue (Marine Sector NGO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>niueoceanwide@gmail.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.niueoceanwide.com/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Brendon Pasisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Project Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>00 683 4312 ( home)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>00 683 4397 (work)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>00 683 888 6303 ( mobile)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>niueoceanwide01@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Northern Mariana Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Lands and Natural Resources (DLNR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Saipan Office, Lower Base Industrial Park</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Caller Box 10007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Saipan, MP 96950</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Northern Mariana Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (670) 322-9834</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (670) 322-2633</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael (Mike) C. Tenorio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries Supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (670) 664-6041</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (670) 664-6000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mtenorio_dfw@live.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Division of Fish and Wildlife</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rosemary  Chance  Camaro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Acting Director </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saipandfwrose1@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Palau</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministry of Agriculture, Fisheries and the Environment </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2nd Floor Executivest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Koror, PW 96940</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Republic of Palau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+(680) 488-3125/2897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>palau.mafe@palaugov.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hon. Steven Victor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Minister</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+680 775.3953</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stevenvictor.mafe@palaugov.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bureau of Fisheries (BOF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1st Floor BOF Building, P.O.Box 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Koror, PW 96940, Republic of Palau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +680 4883125 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mafe.bof@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ms Persis  D. Omelau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director Bureau of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+(680) 488-3125/2897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mafe.bof@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea National Fisheries Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>11th Floor, Kina Haus Building, Douglas St., Downtown Port Moresby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P.O. Box 2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Moresby, National Capital District</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090444 (Ext 570)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 320 2061</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nfa@fisheries.gov.pg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Office of the Managing Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr.  Justin  Ilakini</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Managing Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090431</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jilakini@fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Management - Business Group</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Thomas Usu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Executive Manager-Fisheries Management Business Unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090496</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tusu@fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Observer Programme</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Adrian Jeffrey Nanguromo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Observer Program Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3213023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 71796339</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 76128957</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ananguromo@fisheries.gov.pg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ajnanguromo@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pitcairn Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pitcairn Islands Office (PIO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Box 105-696</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 17 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SAP Tower</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>151 Queen Street</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Auckland </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (9) 366-0186</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (9) 366-0187</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Evan Dunn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Head of the Pitcairn Islands Office (PIO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (0)21-749-598</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evan@pitcairn.gov.pn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>admin@pitcairn.gov.pn</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samoa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Agriculture and Fisheries (MAF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P.O. Box 1874 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Apia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samoa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 22561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Seuseu  Tauati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief Executive Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 22561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>seuseu@maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Division, Ministry of Agriculture and Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO box 1874 Savalalo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Apia, Samoa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 20369</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 24292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fish@maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roseti  Imo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ACEO Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20369 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>roseti.imo@maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau Apia Liaison Office - Samoa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tokelau Fisheries Management Agency (FMA) Fakaofo, TOKELAU </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fale Fakaofo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Feleti Tulafono</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 731373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Samoa- +685 7510790)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>feleti.tulafono@tokelau.org.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ftulafono@gmail.com</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Skype:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>kori.raumea</w:t>
+        <w:t>tokelaufish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Solomon Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Marine Resources (MFMR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box G2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kukum Highway</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Honiara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Solomon Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 39143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.fisheries.gov.sb/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr Christain Ramofafia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Permanent Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 28604</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 38694</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 7496054</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cramofafia@fisheries.gov.sb</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>James Teri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Secretary-Technical</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(677) 39143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jteri@fisheries.gov.sb</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Management Agency (FMA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fakaofo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 24151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 2118 / 24233</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Feleti Tulafono</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 7519758 (Samoa only )</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 731373 (Tokelau only)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ftulafono@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Luisa Naseri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Policy and Planning Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 690 22255 (Home)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 685 7774988 (Samoa Only)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>naserisale@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M. Solomua Ionatana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries Licensing &amp; Access Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(690) 731980 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tualen@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tonga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries (MOF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 871</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sopu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nuku'alofa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tonga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+676 740 1201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+676 740 1226</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.tongafish.gov.to</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr.  Sione   Vailala Matoto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief Executive Officer (CEO) for the Ministry of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ceo@tongafish.gov.to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vailalam@yahoo.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Siola’a Malimali</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Acting Deputy CEO, Head of Fisheries Management and Policy Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ceo@tongafish.gov.to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vailalam@yahoo.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mele To'a ' Atuekaho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy CEO – Head of Fisheries Compliance Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direct line 7401249</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mele.atuekaho@tongafish.gov.to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>meletoaatuekaho@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Natural Resources and Development</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Offshore Fisheries Division</w:t>
+        <w:t>Tuvalu Fisheries Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Mail Bag</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Teone, Funafuti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+688 20343</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>http://www.tuvalufisheries.tv/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lualua  Tua</w:t>
+        <w:t>Fulitua  Siaosi  Tealei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Director of Offshore Fisheries </w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t>, Deputy Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fulituat@tuvalufisheries.tv</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samasoni Finikaso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+688 20343 +Ext. 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+682 28721</w:t>
+        <w:t>+688 7002007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>l.tua@mmr.gov.ck</w:t>
+        <w:t>samfinikaso70@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coastal Fisheries Section</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Semese Alefaio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Principal Fisheries Officer (Coastal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semesea@tuvalufisheries.tv</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Federated States of Micronesia</w:t>
+        <w:t>Vanuatu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>National Oceanic Resource Management Authority (NORMA)</w:t>
-[...34 lines deleted...]
-        <w:t>Federated States of Micronesia</w:t>
+        <w:t>Ministry of Fisheries Ocean and Maritime Affairs (MFOMA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PMB 9043</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Vila</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanuatu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+691 320-2700</w:t>
-[...66 lines deleted...]
-      </w:r>
+        <w:t>+678 23561</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanuatu Fisheries Department</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PMB 9045</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Vila</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanuatu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+678 23119</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sompert Rena Gereva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Deputy Director – Coastal   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+678 23119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+678 7748501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sgereva@vanuatu.gov.vu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lucy Joy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Principal data Officer - National</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>mail@norma.fm</w:t>
-[...17 lines deleted...]
-        <w:t>www.norma.fm</w:t>
+        <w:t>ljoy@vanuatu.gov.vu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lujoandrea@gmail.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Eugene  Pangelinan</w:t>
+        <w:t>Ajay  Arudere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Consultant</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> eugene.pangelinan@norma.fm</w:t>
+        <w:t>, Manager, Management &amp; Policy Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aarudere@vanuatu.gov.vu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wallis and Futuna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>FSM National Government</w:t>
+        <w:t>Direction des Services de l'agriculture, de la forêt et de la pêche des îles Wallis et Futuna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mata Utu, 98600 Uvea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wallis and Futuna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+681 720400</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jean-François Kuntgen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Directeur</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(00 681) 72 04 09</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>joseph.gestin@agripeche.wf</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Department of Resources and Development</w:t>
-[...52 lines deleted...]
-      </w:r>
+        <w:t>Service de la pêche et de gestion des ressources marines</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+691 3202620</w:t>
-[...77 lines deleted...]
-        <w:t>www.fsmgov.org</w:t>
+        <w:t>+681 722606</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>service.peche@agripeche.wf</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ms.  Elina Paul Akinaga</w:t>
+        <w:t>Bruno Mugneret</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Secretary</w:t>
-[...33 lines deleted...]
-        <w:t>Division of Marine Resources</w:t>
+        <w:t>, Ingénieur, chef de service</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+681 722098</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bruno.mugneret@agripeche.wf</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Alissa R. Takesy</w:t>
+        <w:t>Lotolelei  Manufekai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Assistant Secretary</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t>, technicienne en charge de l'appui aux filières</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+681 72 26 06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>alissa.takesy@fsmrd.fm</w:t>
-[...3579 lines deleted...]
-        <w:t>bruno.mugneret@agripeche.wf</w:t>
+        <w:t>lotolelei.manufekai@agripeche.wf</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B41354" w:rsidRPr="00B41354">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>