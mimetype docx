--- v2 (2026-01-14)
+++ v3 (2026-02-19)
@@ -1507,7736 +1507,7600 @@
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+691 9247997</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vmartin@rd.gov.fm</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Forestry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Takayawa Building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toorak Road  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 13026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Suva Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3300555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hon. Alitia  Bainivalu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Minister for Fisheries and Forestry </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Atelaite Rokosuka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Deputy Secretary for Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>679 9906282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile 679 9906282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>fsmmrd@mail.fm</w:t>
-[...17 lines deleted...]
-        <w:t>vmartin@rd.gov.fm</w:t>
+        <w:t>atelaite.rokosuka@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Katalaini  Tokalau Nimati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Secretary - Director of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3300555 Ext 333117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9908 969</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ktnimati@gmail.com </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Sanjana  Lal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  Permanent Secretary for Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3301611</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sanjana.lal@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Temalesi Salabiau Fong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>,  Personal Assistant to Permanent Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 679 3301611</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tfong@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Regional Fisheries  Service Center-Central</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lautoka Fisheries Wharf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 1 PO box 481 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>River House Nausori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 6665899</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 6667939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nanise Kuridrani  Tuqiri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Acting director fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 9986867</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nanise.tuqiri@mff.gov.fj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nanisekuridrani@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Central Divisional Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 1, Riverhouse Building, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nausori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nausori</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3476587</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3477617</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Shalendra Singh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Principal Fisheries Officer </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 8645103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 9908101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shalendra.singhfj@gmail.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fiji</w:t>
+        <w:t>French Polynesia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ministry of Fisheries and Forestry</w:t>
-[...58 lines deleted...]
-        <w:t>Suva Fiji</w:t>
+        <w:t xml:space="preserve">Direction des ressources marines </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98713 Papeete, Tahiti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Polynésie française</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 3300555</w:t>
-[...17 lines deleted...]
-        <w:t>www.fisheries.gov.fj</w:t>
+        <w:t>+689 40502550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40434979</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direction.drm@administration.gov.pf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Facebook: @ressourcesmarines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.ressources-marines.gov.pf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>LinkedIn:  Direction des ressources marines</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Hon. Alitia  Bainivalu</w:t>
+        <w:t>Cédric Ponsonnet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Minister for Fisheries and Forestry </w:t>
+        <w:t>, Directeur</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40502564</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cedric.ponsonnet@administration.gov.pf</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guam</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Agriculture (DOAg)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>163 Dairy Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mangilao, Guam 96913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>USA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 300-7965</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 734-6569</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Chelsa Muna-Brecht</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:br/>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Chelsa.MunaBrecht@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Division of Aquatic and Wildlife Resources (DAWR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 735-0291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+1 (671) 734-3154</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mrs Atelaite Rokosuka</w:t>
+        <w:t>Jay Gutierrez</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Deputy Secretary for Fisheries </w:t>
+        <w:t xml:space="preserve">, Fisheries/Wildlife Manager </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jay.Gutierrez@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael  Duenas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael.Duenas@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Division of Aquaculture</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Michael  M.  Ogo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(671) 735-0283</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>michael.ogo@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guam Economic Development Authority (GEDA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>590 South Marine Corps Drive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ITC Building Suite 511</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tamuning, Guam 96913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guam Department of Agriculture</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>163 Dairy Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mangilao, GU 96913</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ms Chelsa  Muna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Director, Guam Department of Agriculture </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(671) 300-7965 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chelsa.muna@doag.guam.gov</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kiribati</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Ocean Resources  (MFOR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bairiki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tarawa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kiribati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(686) 75021099</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+686 75021074</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+686 75021075</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@mfor.gov.ki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.mfor.gov.ki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Corporate Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr Riibeta  Abeta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>riibetaa@mfor.gov.ki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coastal Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mrs Tooreka Teemari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>toorekat@mfor.gov.ki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>toorekat@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Karibanang Tamuera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Principal Fisheries Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">karibanangt@mfor.gov.ki </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands Marine Resources Authority (MIMRA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 860</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Majuro, MH 96960</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+692 625-8262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inquiry@mimra.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.rmimimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Executive</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Glen Joseph</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gjoseph@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coastal and Community Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Florence Edwards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Director Coastal</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fedwards@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Benedict Yamamura</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Chief of Coastal Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>byamamura@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Oceanic and Industrial Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Berry Muller</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Director Oceanic</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bmuller@mimra.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mullerbk@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nauru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nauru Fisheries and Marine Resources Authority (NFMRA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Anibare District, Ring Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Republic of Nauru, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Central Pacific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Postcode: NRU68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+674 888 0705</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Monte Depaune</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy Chief Executive Officer (DCEO)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>679 9906282</w:t>
+        <w:t>+674 888 0691</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>monstartuna@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Being Yeeting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries  Advisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>byeeting@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Caledonia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gouvernement de la Nouvelle-Calédonie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>19 avenue maréchal Foch, immeuble Foch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP M2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98849 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 24 65 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.dam.gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service du parc naturel de la mer de Corail et de la pêche (SPNMCP) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>19 avenue maréchal Foch, immeuble Foch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP M2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98849 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sgg.pnmc@gouv.nc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://mer-de-corail.gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr Manuel Ducrocq</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chef de service</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 27 06 93</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>manuel.ducrocq@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr Mickaël Lercari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Ingénieur pêche et environnement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 27 06 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mickael.lercari@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mme Léa Carron</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chargée des suivis et des indicateurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 27 06 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lea.carron@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Délégation française auprès de la CPS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 8043</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98807 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 687 26 04 81/ +687 70 98 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>secretariat.noumea-dfra@diplomatie.gouv.fr</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Paulini Cava</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Secrétaire générale pour l’administration</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paulini.cava@diplomatie.gouv.fr</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries New Zealand (FNZ), Ministry for Primary Industries (MPI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charles Fergusson Building </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38-42 Bowen St </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wellington</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +64 (4) 894 0100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@mpi.govt.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.mpi.govt.nz/fishing-aquaculture/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Te Pātuitanga Ahumoana a Kiwa ( Partnership in Pacific Fisheries)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tepatui@mpi.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Agnes Yeeting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Pacific Fisheries Adviser – Fisheries Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>021 981 027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Agnes.Yeeting@mpi.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Foreign Affairs and Trade (MFAT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Bag 18901</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wellington 6160</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (4) 439-8000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>infoservices@mfat.govt.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.mfat.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Development Economy and Prosperity</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sarah  McAvinchey</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Lead Adviser, Pacific Ocean &amp; Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sarah.mcavinchey@mfat.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jonathan  Peacey</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Adviser, Pacific Ocean &amp; Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jonathan.peacey@mfat.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Agriculture, Forestry and Fisheries (DAFF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Poi Okesene</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4032</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mobile 679 9906282</w:t>
+        <w:t>+683 888 6804</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>atelaite.rokosuka@govnet.gov.fj</w:t>
+        <w:t>poi.okesene@gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fisheries Division </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sir Roberts Wharf, , Alofi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4302</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Katalaini  Tokalau Nimati</w:t>
+        <w:t>Launoa Gataua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Secretary - Director of Fisheries</w:t>
+        <w:t>, Principal Fisheries Officer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3300555 Ext 333117</w:t>
+        <w:t>+683 4302 / 4668</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>9908 969</w:t>
+        <w:t>+683 5117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ktnimati@gmail.com </w:t>
+        <w:t>launoa.gataua@gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Natural Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue Public Service Building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fonuakula, Alofi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+683 4032</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.gov.nu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mrs Sanjana  Lal</w:t>
+        <w:t>Dr Josie Tamate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">,  Permanent Secretary for Fisheries </w:t>
+        <w:t>, Adviser</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>josie.tamate@gov.nu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Niue &amp; Ocean Wide Trust</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Description"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Public-private sector partnership between the Niue Government and Tofia Niue (Marine Sector NGO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>niueoceanwide@gmail.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.niueoceanwide.com/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Brendon Pasisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Project Manager</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 3301611</w:t>
+        <w:t>00 683 4312 ( home)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>00 683 4397 (work)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>00 683 888 6303 ( mobile)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sanjana.lal@govnet.gov.fj</w:t>
+        <w:t>niueoceanwide01@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Northern Mariana Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Department of Lands and Natural Resources (DLNR)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mrs Temalesi Salabiau Fong</w:t>
+        <w:t>Michael (Mike) C. Tenorio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>,  Personal Assistant to Permanent Secretary</w:t>
+        <w:t xml:space="preserve">, Fisheries Supervisor </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+ 679 3301611</w:t>
+        <w:t xml:space="preserve">(670) 664-6000 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tfong@govnet.gov.fj</w:t>
+        <w:t>mtenorio_dfw@live.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Regional Fisheries  Service Center-Central</w:t>
-[...46 lines deleted...]
-        <w:t>Fiji</w:t>
+        <w:t>Division of Fish and Wildlife</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rosemary  Chance  Camacho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Acting Director </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saipandfwrose1@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Palau</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministry of Agriculture, Fisheries and the Environment </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2nd Floor Executivest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Koror, PW 96940</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Republic of Palau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 6665899</w:t>
+        <w:t>+(680) 488-3125/2897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>palau.mafe@palaugov.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hon. Steven Victor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Minister</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+680 775.3953</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stevenvictor.mafe@palaugov.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bureau of Fisheries (BOF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1st Floor BOF Building, P.O.Box 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Koror, PW 96940, Republic of Palau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +680 4883125 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mafe.bof@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ms Persis  D. Omelau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director Bureau of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+(680) 488-3125/2897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mafe.bof@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea National Fisheries Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>11th Floor, Kina Haus Building, Douglas St., Downtown Port Moresby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P.O. Box 2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Moresby, National Capital District</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090444 (Ext 570)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fax:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 6667939</w:t>
-[...17 lines deleted...]
-        <w:t>www.fisheries.gov.fj</w:t>
+        <w:t>+675 320 2061</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nfa@fisheries.gov.pg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Office of the Managing Director</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Nanise Kuridrani  Tuqiri</w:t>
+        <w:t>Mr.  Justin  Ilakini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Acting director fisheries</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t>, Managing Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090431</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jilakini@fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Management - Business Group</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Thomas Usu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Executive Manager-Fisheries Management Business Unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090496</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tusu@fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Observer Programme</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Adrian Jeffrey Nanguromo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Observer Program Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3213023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 9986867</w:t>
-[...35 lines deleted...]
-        <w:t>nanisekuridrani@gmail.com</w:t>
+        <w:t>+675 71796339</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 76128957</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ananguromo@fisheries.gov.pg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ajnanguromo@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pitcairn Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pitcairn Islands Office (PIO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Box 105-696</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level 17 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SAP Tower</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>151 Queen Street</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Auckland </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (9) 366-0186</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (9) 366-0187</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Evan Dunn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Head of the Pitcairn Islands Office (PIO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+64 (0)21-749-598</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evan@pitcairn.gov.pn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>admin@pitcairn.gov.pn</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samoa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Agriculture and Fisheries (MAF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P.O. Box 1874 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Apia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samoa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 22561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Seuseu  Tauati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief Executive Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 22561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>seuseu@maf.gov.ws</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fisheries Central Divisional Office</w:t>
-[...58 lines deleted...]
-        <w:t>Fiji</w:t>
+        <w:t>Fisheries Division, Ministry of Agriculture and Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO box 1874 Savalalo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Apia, Samoa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 3476587</w:t>
+        <w:t>+685 20369</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fax:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 3477617</w:t>
-[...17 lines deleted...]
-        <w:t>www.fisheries.gov.fj</w:t>
+        <w:t>+685 24292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fish@maf.gov.ws</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Shalendra Singh</w:t>
+        <w:t>Roseti  Imo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Principal Fisheries Officer </w:t>
+        <w:t xml:space="preserve">, ACEO Fisheries </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 8645103</w:t>
-[...35 lines deleted...]
-        <w:t>shalendra.singhfj@gmail.com</w:t>
+        <w:t xml:space="preserve">20369 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>roseti.imo@maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau Apia Liaison Office - Samoa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tokelau Fisheries Management Agency (FMA) Fakaofo, TOKELAU </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fale Fakaofo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Feleti Tulafono</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Director of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 731373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Samoa- +685 7510790)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>feleti.tulafono@tokelau.org.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ftulafono@gmail.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Skype:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tokelaufish</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>French Polynesia</w:t>
+        <w:t>Solomon Islands</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Direction des ressources marines </w:t>
-[...34 lines deleted...]
-        <w:t>Polynésie française</w:t>
+        <w:t>Ministry of Fisheries and Marine Resources (MFMR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box G2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kukum Highway</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Honiara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Solomon Islands</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+689 40502550</w:t>
+        <w:t>+677 39143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.fisheries.gov.sb/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr Christain Ramofafia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Permanent Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 28604</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fax:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+689 40434979</w:t>
+        <w:t>+677 38694</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 7496054</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>direction.drm@administration.gov.pf</w:t>
-[...53 lines deleted...]
-        <w:t>LinkedIn:  Direction des ressources marines</w:t>
+        <w:t>cramofafia@fisheries.gov.sb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Cédric Ponsonnet</w:t>
+        <w:t>James Teri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Directeur</w:t>
+        <w:t>, Deputy Secretary-Technical</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+689 40502564</w:t>
+        <w:t>(677) 39143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>cedric.ponsonnet@administration.gov.pf</w:t>
+        <w:t>jteri@fisheries.gov.sb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Guam</w:t>
+        <w:t>Tokelau</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Department of Agriculture (DOAg)</w:t>
-[...76 lines deleted...]
-        <w:t>+1 (671) 734-6569</w:t>
+        <w:t>Fisheries Management Agency (FMA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fakaofo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tokelau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 24151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 2118 / 24233</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Chelsa Muna-Brecht</w:t>
+        <w:t>Feleti Tulafono</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Director</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 7519758 (Samoa only )</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+690 731373 (Tokelau only)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Chelsa.MunaBrecht@doag.guam.gov</w:t>
+        <w:t>ftulafono@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Luisa Naseri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Policy and Planning Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 690 22255 (Home)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+ 685 7774988 (Samoa Only)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>naserisale@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M. Solomua Ionatana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries Licensing &amp; Access Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(690) 731980 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tualen@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tonga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries (MOF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 871</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sopu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nuku'alofa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tonga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+676 740 1201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+676 740 1226</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.tongafish.gov.to</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr.  Sione   Vailala Matoto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief Executive Officer (CEO) for the Ministry of Fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ceo@tongafish.gov.to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vailalam@yahoo.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Siola’a Malimali</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy CEO, Head of Fisheries Management and Policy Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ceo@tongafish.gov.to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>siolaa.malimali@tongafish.gov.to</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mele To'a ' Atuekaho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Deputy CEO – Head of Fisheries Compliance Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direct line 7401249</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mele.atuekaho@tongafish.gov.to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>meletoaatuekaho@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Natural Resources and Development</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Division of Aquatic and Wildlife Resources (DAWR)</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t>Tuvalu Fisheries Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Mail Bag</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Teone, Funafuti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+1 (671) 735-0291</w:t>
-[...23 lines deleted...]
-        <w:t>+1 (671) 734-3154</w:t>
+        <w:t>+688 20343</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>http://www.tuvalufisheries.tv/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Jay Gutierrez</w:t>
+        <w:t>Fulitua  Siaosi  Tealei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Fisheries/Wildlife Manager </w:t>
+        <w:t>, Deputy Director</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Jay.Gutierrez@doag.guam.gov</w:t>
+        <w:t>fulituat@tuvalufisheries.tv</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samasoni Finikaso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Managing Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+688 20343 +Ext. 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+688 7002007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>samf@tuvalufisheries.tv</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fisheries</w:t>
+        <w:t>Coastal Fisheries Section</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Michael  Duenas</w:t>
+        <w:t>Semese Alefaio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Fisheries supervisor</w:t>
+        <w:t>, Principal Fisheries Officer (Coastal)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Michael.Duenas@doag.guam.gov</w:t>
+        <w:t xml:space="preserve"> semesea@tuvalufisheries.tv</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanuatu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries Ocean and Maritime Affairs (MFOMA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PMB 9043</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Vila</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanuatu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+678 23561</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Division of Aquaculture</w:t>
+        <w:t>Vanuatu Fisheries Department</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PMB 9045</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Vila</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vanuatu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+678 23119</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Michael  M.  Ogo</w:t>
+        <w:t>Sompert Rena Gereva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Chief</w:t>
+        <w:t xml:space="preserve">, Deputy Director – Coastal   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(671) 735-0283</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>+678 23119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+678 7748501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sgereva@vanuatu.gov.vu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lucy Joy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Principal data Officer - National</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>michael.ogo@doag.guam.gov</w:t>
+        <w:t>ljoy@vanuatu.gov.vu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lujoandrea@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ajay  Arudere</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Manager, Management &amp; Policy Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aarudere@vanuatu.gov.vu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wallis and Futuna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Guam Economic Development Authority (GEDA)</w:t>
-[...104 lines deleted...]
-      </w:pPr>
+        <w:t>Direction des Services de l'agriculture, de la forêt et de la pêche des îles Wallis et Futuna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mata Utu, 98600 Uvea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wallis and Futuna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(671) 300-7965 </w:t>
-[...6012 lines deleted...]
-        <w:t>+681 720400</w:t>
+        <w:t>+681 720409</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Jean-François Kuntgen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Directeur</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>