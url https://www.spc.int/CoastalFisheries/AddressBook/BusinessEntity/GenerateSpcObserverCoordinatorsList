--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -842,50 +842,74 @@
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tosuo Irons Jr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Observer Coordinator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 920-5166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tosuojr.irons@norma.fm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eliaser Edward</w:t>
       </w:r>
@@ -3346,51 +3370,51 @@
         </w:rPr>
         <w:t>+687 24 90 87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>technopole@adecal.nc</w:t>
+        <w:t>adecal@adecal.nc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.technopole.nc</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
@@ -5014,51 +5038,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tuvalu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ministry of Natural Resources Development</w:t>
+        <w:t>Ministry of Natural Resources and Development</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Oceanic Fisheries Section</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tupulaga Poulasi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5185,51 +5209,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>patientmatch@gmail.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gagati Falaima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Fisheries Officer, Observer Coordinator </w:t>
+        <w:t>, Fisheries Officer, Observer Program</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+688 343</w:t>
       </w:r>
       <w:r>
@@ -5466,110 +5490,110 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vanuatu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ministry of Agriculture, Livestock, Forestry, Fisheries and Biosecurity (MALFFB)</w:t>
+        <w:t>Ministry of Fisheries Ocean and Maritime Affairs (MFOMA)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>PMB 9039</w:t>
+        <w:t>PMB 9043</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Port Vila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vanuatu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+678 33220</w:t>
+        <w:t>+678 23561</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vanuatu Fisheries Department</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PMB 9045</w:t>
       </w:r>
       <w:r>
         <w:rPr>