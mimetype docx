--- v1 (2025-11-06)
+++ v2 (2026-01-14)
@@ -729,80 +729,80 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+691 320-2700</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+691 320-2768</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>+691 320-5181</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 921-2922</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Fax:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+691 320-2383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
@@ -824,50 +824,75 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.norma.fm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Paulino  James</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Observer Coordinator </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Tosuo Irons Jr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Observer Coordinator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
@@ -1276,3966 +1301,4042 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.wcpfc.int</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Kilafwasru Albert</w:t>
+        <w:t>Kilafwasru  Albert</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Reporting Analyst Officer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+691 3201992</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+691 3201992 +Ext. 115  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kilafwasru.Albert@wcpfc.int  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SureAnn Poll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Vessel Management Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+691 3201992 +Ext. 110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>+691 3201993 +Ext. 110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>kilafwasru.albert@wcpfc.int</w:t>
+        <w:t>sureann.poll@wcpfc.int</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fiji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Forestry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Takayawa Building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toorak Road  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 13026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Suva Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3300555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Offshore Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Level 2  Motibhai Building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Amra Street  - Walu Bay</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Po Box 13026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Suva Fiji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 3225737</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>SureAnn Poll</w:t>
+        <w:t>Netani Tavaga</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Regional Observer Programme Data Control Technician </w:t>
+        <w:t>, Permanent secretary, Offshore Fisheries Division</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 7491690</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tavaga.netani@gmail.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>netani.tavaga@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Raijeli Natadra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Fisheries Officer (Monitoring) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+691 3201992 +Ext. 110</w:t>
-[...17 lines deleted...]
-        <w:t>+691 3201993 +Ext. 110</w:t>
+        <w:t>Phone: +679 746 0947</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>raijeli.natadra@govnet.gov.fj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jale Wea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Fisheries Officer (monitoring Unit-Fiji Observer Programmed)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+679 831 2585</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jale.wea@govnet.gov.fj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>wea.jale@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>French Polynesia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direction des ressources marines </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98713 Papeete, Tahiti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Polynésie française</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40502550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40434979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sureann.poll@wcpfc.int</w:t>
+        <w:t>direction.drm@administration.gov.pf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Facebook: @ressourcesmarines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.ressources-marines.gov.pf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>LinkedIn:  Direction des ressources marines</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pêche palangrière - Bureau du port de pêche de Papeete</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Moana Nui Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Taiana Raoulx</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Coordinatrice du programme observateur</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 40451985</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+689 87293553</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>taianaraoulx@gmail.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Country"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fiji</w:t>
+        <w:t>Kiribati</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ministry of Fisheries and Forestry</w:t>
+        <w:t>Ministry of Fisheries and Ocean Resources  (MFOR)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Takayawa Building</w:t>
-[...47 lines deleted...]
-        <w:t>Suva Fiji</w:t>
+        <w:t>PO Box 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bairiki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tarawa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kiribati</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 3300555</w:t>
-[...17 lines deleted...]
-        <w:t>www.fisheries.gov.fj</w:t>
+        <w:t>(686) 75021099</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+686 75021074</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+686 75021075</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@mfor.gov.ki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.mfor.gov.ki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Business2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Oceanic Fisheries Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bairiki </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Uati Tirikai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Compliance Officer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uatit@mfor.gov.ki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands Marine Resources Authority (MIMRA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 860</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Majuro, MH 96960</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+692 625-8262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inquiry@mimra.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.rmimimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Oceanic and Industrial Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Stephen  L.  Domenden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Fisheries Boarding and Inspection Officer I </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sdomenden@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Stevenson  Graham</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  Fisheries Officer II </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sgraham@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Oceanic &amp; Industrial Affairs - Observers Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Makbi  Bwijko</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  Observer Compliance Officer </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+692 4572246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mbwijko@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Iaokiri  Barai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  Assistant Observers-Trainer </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ibarai@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ziggy  Andrike  Duffy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  Observer Data Officer </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>zduffy@mimra.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Parties to the Nauru Agreement (PNA) Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 3992</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Majuro, MH 96960</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marshall Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+692 625 7626 / 7627</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.pnatuna.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ereniti Mae</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>,  Observer coordinator</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+692 455 3858</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>emareko@mragasiapacific.com.au</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Caledonia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gouvernement de la Nouvelle-Calédonie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>19 avenue maréchal Foch, immeuble Foch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP M2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98849 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 24 65 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.dam.gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service du parc naturel de la mer de Corail et de la pêche (SPNMCP) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>19 avenue maréchal Foch, immeuble Foch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP M2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98849 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sgg.pnmc@gouv.nc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://mer-de-corail.gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr  François Prioul</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Coordinateur des observations de pêche</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 24 90 77</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>francois.prioul.prestataire@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>La Technopole de Nouvelle-Calédonie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Description"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Innovation and Technology Park of New-Caledonia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BP 2384</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>98846 Nouméa Cedex</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nouvelle-Calédonie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 24 90 77</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 24 90 87</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>adecal@adecal.nc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.technopole.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Marine Resources Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mr François Prioul</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>,  (Coordinateur des observations de pêche au service du Parc Naturel de la Mer de Corail et de la Peche (SPNMCP) /  Observer program coordinator for New Caledonia)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+687 50 01 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>francois.prioul.prestataire@gouv.nc</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries New Zealand (FNZ), Ministry for Primary Industries (MPI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charles Fergusson Building </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38-42 Bowen St </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wellington</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New Zealand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +64 (4) 894 0100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@mpi.govt.nz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.mpi.govt.nz/fishing-aquaculture/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Stewart  Alderson</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Manager Observers Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Stewart.Alderson@mpi.govt.nz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea National Fisheries Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>11th Floor, Kina Haus Building, Douglas St., Downtown Port Moresby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>P.O. Box 2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Port Moresby, National Capital District</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3090444 (Ext 570)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fax:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 320 2061</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nfa@fisheries.gov.pg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.fisheries.gov.pg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Observer Programme</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Adrian Jeffrey Nanguromo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Observer Program Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 3213023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 71796339</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 76128957</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ananguromo@fisheries.gov.pg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ajnanguromo@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PNA Observer Agency (POA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paivu Building, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ahtam, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>RABAUL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">East New Britain </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Papua New Guinea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Clement Kavanamur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Observer Coordinator</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+675 70819231</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ckavanamur@pnaobserver.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samoa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Agriculture and Fisheries (MAF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P.O. Box 1874 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Apia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Samoa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 22561</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Offshore/Oceanic Fisheries </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+685 20369</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Serafina Ah-Fook</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Fisheries Officer - Offshore</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+68520369</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>serafina.ahfook@maf.gov.ws</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Solomon Islands</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries and Marine Resources (MFMR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box G2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kukum Highway</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Honiara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Solomon Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 39143</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.fisheries.gov.sb/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Offshore Fisheries Division</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Harold Vilia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Chief Fisheries Officer, Observer Coordinator</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Level 2  Motibhai Building</w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 3225737</w:t>
+        <w:t>+677 39152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobile:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 7250159</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>HVilia@fisheries.gov.sb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Netani Tavaga</w:t>
+        <w:t>Ivan Sesebo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Permanent secretary, Offshore Fisheries Division</w:t>
+        <w:t>, Fisheries Officer - Assistant Observer Coordinator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 39152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 7515274</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Mobile:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 7491690</w:t>
+        <w:t>+677 7531429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tavaga.netani@gmail.com</w:t>
-[...17 lines deleted...]
-        <w:t>netani.tavaga@govnet.gov.fj</w:t>
+        <w:t>isesebo@fisheries.gov.sb</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pacific Islands Forum Fisheries Agency (FFA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1 FFA Road</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 629</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Honiara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Solomon Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+677 21124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>info@ffa.int</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.ffa.int</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fisheries Operations Division</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Raijeli Natadra</w:t>
+        <w:t>Jude Piruku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, Fisheries Officer (Monitoring) </w:t>
+        <w:t>, Observer Program Assistant - Observer Programme</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Phone: +679 746 0947</w:t>
-[...17 lines deleted...]
-        <w:t>raijeli.natadra@govnet.gov.fj</w:t>
+        <w:t>+677 7493512 Ext 3083</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jude.piruku@ffa.int</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tonga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Fisheries (MOF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PO Box 871</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sopu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nuku'alofa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tonga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+676 740 1201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+676 740 1226</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.tongafish.gov.to</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Jale Wea</w:t>
+        <w:t>Kalolaine Manuopangai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
-        <w:t>, Fisheries Officer (monitoring Unit-Fiji Observer Programmed)</w:t>
+        <w:t>, Technical Officer Grade II-Head of VMS &amp; Observer Coordinator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kmanuopangi@tongafish.gov.to</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Country"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministry of Natural Resources and Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu Fisheries Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Private Mail Bag</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Teone, Funafuti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuvalu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+679 831 2585</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">Direction des ressources marines </w:t>
+        <w:t>+688 20343</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>http://www.tuvalufisheries.tv/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Onosai Takataka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Senior Fisheries Officer, Observer Coordinator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>BP 20</w:t>
-[...30 lines deleted...]
-      </w:r>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>otakataka@gov.tv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>onosait@tuvalufisheries.tv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>patientmatch@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Business2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Oceanic Fisheries Section</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Employee"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tupulaga Poulasi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Principal Fisheries Officer, Observer Manager </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Address"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>+689 40502550</w:t>
-[...23 lines deleted...]
-        <w:t>+689 40434979</w:t>
+        <w:t>+688 20343</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>secretariat.drm@administration.gov.pf</w:t>
-[...3122 lines deleted...]
-        </w:rPr>
         <w:t>tupulagap@tuvalufisheries.tv</w:t>
-      </w:r>
-[...75 lines deleted...]
-        <w:t>patientmatch@gmail.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Employee"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gagati Falaima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
           <w:i/>
         </w:rPr>
         <w:t>, Fisheries Officer, Observer Program</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Address"/>
       </w:pPr>
       <w:r>